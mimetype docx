--- v0 (2025-10-22)
+++ v1 (2026-03-22)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="002B3A93" w:rsidRPr="008447EC" w:rsidRDefault="00836C4A" w:rsidP="002B3A93">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-228600</wp:posOffset>
             </wp:positionH>
@@ -101,57 +101,57 @@
       </w:r>
       <w:r w:rsidR="002B3A93" w:rsidRPr="008447EC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Performance Assessment for </w:t>
       </w:r>
       <w:r w:rsidR="008447EC" w:rsidRPr="008447EC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00FE038E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E303C0">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00912F40">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B3A93" w:rsidRPr="008447EC" w:rsidRDefault="002B3A93" w:rsidP="002B3A93">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008447EC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Employee Name: &lt;Employee Name&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B3A93" w:rsidRPr="008447EC" w:rsidRDefault="002B3A93" w:rsidP="002B3A93">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
@@ -485,58 +485,58 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Goals/Objectives for </w:t>
       </w:r>
       <w:r w:rsidR="00C44973">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00B3438E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E303C0">
+      <w:r w:rsidR="00912F40">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="006D2521">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidR="00476B0E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>List</w:t>
       </w:r>
       <w:r w:rsidR="00C94FE7" w:rsidRPr="00C94FE7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specific</w:t>
       </w:r>
@@ -1203,191 +1203,195 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0085608E" w:rsidRPr="002A3BAA" w:rsidSect="009B42A5">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1152" w:bottom="1152" w:left="1152" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C24CF0" w:rsidRDefault="00C24CF0">
+    <w:p w:rsidR="008F79C7" w:rsidRDefault="008F79C7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C24CF0" w:rsidRDefault="00C24CF0">
+    <w:p w:rsidR="008F79C7" w:rsidRDefault="008F79C7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="001C34A8" w:rsidRPr="008447EC" w:rsidRDefault="001C34A8" w:rsidP="000F2F5B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008447EC">
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Please discuss with employee and submit signed copy to HR. </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="001C34A8" w:rsidRPr="008447EC" w:rsidRDefault="001C34A8" w:rsidP="000F2F5B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C24CF0" w:rsidRDefault="00C24CF0">
+    <w:p w:rsidR="008F79C7" w:rsidRDefault="008F79C7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C24CF0" w:rsidRDefault="00C24CF0">
+    <w:p w:rsidR="008F79C7" w:rsidRDefault="008F79C7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0087637B"/>
     <w:rsid w:val="00022B9D"/>
     <w:rsid w:val="00027A72"/>
+    <w:rsid w:val="00027DF3"/>
     <w:rsid w:val="00043C93"/>
     <w:rsid w:val="00045407"/>
     <w:rsid w:val="00051D2F"/>
     <w:rsid w:val="0006552A"/>
     <w:rsid w:val="00067B91"/>
     <w:rsid w:val="00080CC5"/>
     <w:rsid w:val="00096FAA"/>
     <w:rsid w:val="00097875"/>
     <w:rsid w:val="000A7BD8"/>
     <w:rsid w:val="000B40F3"/>
+    <w:rsid w:val="000B4C28"/>
     <w:rsid w:val="000C208F"/>
     <w:rsid w:val="000C6611"/>
     <w:rsid w:val="000D35DE"/>
     <w:rsid w:val="000F2F5B"/>
     <w:rsid w:val="001005A7"/>
     <w:rsid w:val="00106D83"/>
     <w:rsid w:val="001142B0"/>
     <w:rsid w:val="00123A76"/>
     <w:rsid w:val="00130A2B"/>
     <w:rsid w:val="00147E37"/>
     <w:rsid w:val="0015152E"/>
     <w:rsid w:val="001721ED"/>
     <w:rsid w:val="00174DA2"/>
     <w:rsid w:val="001807D8"/>
     <w:rsid w:val="0018637D"/>
     <w:rsid w:val="00197B1E"/>
     <w:rsid w:val="001B240E"/>
     <w:rsid w:val="001C34A8"/>
     <w:rsid w:val="001D5959"/>
     <w:rsid w:val="001E191A"/>
     <w:rsid w:val="001F090A"/>
     <w:rsid w:val="00210B58"/>
     <w:rsid w:val="00225E34"/>
     <w:rsid w:val="00227D9E"/>
     <w:rsid w:val="0023486D"/>
@@ -1476,52 +1480,54 @@
     <w:rsid w:val="007C1A59"/>
     <w:rsid w:val="007E78FA"/>
     <w:rsid w:val="00805430"/>
     <w:rsid w:val="00805B10"/>
     <w:rsid w:val="00806AB9"/>
     <w:rsid w:val="008219CE"/>
     <w:rsid w:val="00833784"/>
     <w:rsid w:val="00836C4A"/>
     <w:rsid w:val="008447EC"/>
     <w:rsid w:val="00845F96"/>
     <w:rsid w:val="0085608E"/>
     <w:rsid w:val="008567A5"/>
     <w:rsid w:val="00863866"/>
     <w:rsid w:val="008654C3"/>
     <w:rsid w:val="0087637B"/>
     <w:rsid w:val="008834E0"/>
     <w:rsid w:val="0088767A"/>
     <w:rsid w:val="0089168B"/>
     <w:rsid w:val="00893D23"/>
     <w:rsid w:val="008A0DF8"/>
     <w:rsid w:val="008A4247"/>
     <w:rsid w:val="008B7933"/>
     <w:rsid w:val="008C273E"/>
     <w:rsid w:val="008F1DB9"/>
     <w:rsid w:val="008F69DD"/>
+    <w:rsid w:val="008F79C7"/>
     <w:rsid w:val="008F79CF"/>
     <w:rsid w:val="00900995"/>
+    <w:rsid w:val="00912F40"/>
     <w:rsid w:val="00920A4C"/>
     <w:rsid w:val="00922716"/>
     <w:rsid w:val="009311CE"/>
     <w:rsid w:val="00931B95"/>
     <w:rsid w:val="00943672"/>
     <w:rsid w:val="00947909"/>
     <w:rsid w:val="00952524"/>
     <w:rsid w:val="009531DC"/>
     <w:rsid w:val="00960875"/>
     <w:rsid w:val="00962BEB"/>
     <w:rsid w:val="00977193"/>
     <w:rsid w:val="009872EF"/>
     <w:rsid w:val="0099050C"/>
     <w:rsid w:val="009A0DF5"/>
     <w:rsid w:val="009B14DC"/>
     <w:rsid w:val="009B42A5"/>
     <w:rsid w:val="009C0643"/>
     <w:rsid w:val="009D0CAD"/>
     <w:rsid w:val="009D3DBD"/>
     <w:rsid w:val="009E6E65"/>
     <w:rsid w:val="009F16D7"/>
     <w:rsid w:val="009F1AD6"/>
     <w:rsid w:val="00A01B04"/>
     <w:rsid w:val="00A161A3"/>
     <w:rsid w:val="00A509AC"/>
@@ -1531,91 +1537,89 @@
     <w:rsid w:val="00A97DF9"/>
     <w:rsid w:val="00AB7F65"/>
     <w:rsid w:val="00AF408A"/>
     <w:rsid w:val="00B135C3"/>
     <w:rsid w:val="00B172B1"/>
     <w:rsid w:val="00B25DEA"/>
     <w:rsid w:val="00B27F3E"/>
     <w:rsid w:val="00B3438E"/>
     <w:rsid w:val="00B42618"/>
     <w:rsid w:val="00B656BD"/>
     <w:rsid w:val="00B723AE"/>
     <w:rsid w:val="00B848C7"/>
     <w:rsid w:val="00B84EF0"/>
     <w:rsid w:val="00B8518D"/>
     <w:rsid w:val="00BA5B16"/>
     <w:rsid w:val="00BB3A97"/>
     <w:rsid w:val="00BB7DE3"/>
     <w:rsid w:val="00BB7E8E"/>
     <w:rsid w:val="00BD216B"/>
     <w:rsid w:val="00BD7617"/>
     <w:rsid w:val="00BE402E"/>
     <w:rsid w:val="00BF0A76"/>
     <w:rsid w:val="00BF753A"/>
     <w:rsid w:val="00C06862"/>
     <w:rsid w:val="00C06DE2"/>
-    <w:rsid w:val="00C24CF0"/>
     <w:rsid w:val="00C25FDB"/>
     <w:rsid w:val="00C27793"/>
     <w:rsid w:val="00C3558E"/>
     <w:rsid w:val="00C44973"/>
     <w:rsid w:val="00C5531E"/>
     <w:rsid w:val="00C6336E"/>
     <w:rsid w:val="00C64BE5"/>
     <w:rsid w:val="00C67397"/>
     <w:rsid w:val="00C73513"/>
     <w:rsid w:val="00C85C11"/>
     <w:rsid w:val="00C90333"/>
     <w:rsid w:val="00C94F67"/>
     <w:rsid w:val="00C94FE7"/>
     <w:rsid w:val="00C95239"/>
     <w:rsid w:val="00CB2FDB"/>
     <w:rsid w:val="00CB440C"/>
     <w:rsid w:val="00CB508F"/>
     <w:rsid w:val="00CB5D8C"/>
     <w:rsid w:val="00CC515F"/>
     <w:rsid w:val="00CC7578"/>
     <w:rsid w:val="00CC7CB3"/>
     <w:rsid w:val="00CD3F86"/>
     <w:rsid w:val="00CE3388"/>
     <w:rsid w:val="00CE5224"/>
     <w:rsid w:val="00CE536D"/>
     <w:rsid w:val="00CE762A"/>
     <w:rsid w:val="00D24D60"/>
     <w:rsid w:val="00D47BD0"/>
     <w:rsid w:val="00D55781"/>
     <w:rsid w:val="00D56BB5"/>
     <w:rsid w:val="00D62E9B"/>
     <w:rsid w:val="00D72C6C"/>
     <w:rsid w:val="00D748CC"/>
     <w:rsid w:val="00D81795"/>
     <w:rsid w:val="00D85152"/>
     <w:rsid w:val="00D97B48"/>
     <w:rsid w:val="00DB2D66"/>
     <w:rsid w:val="00DC20F0"/>
     <w:rsid w:val="00DD0C63"/>
-    <w:rsid w:val="00DF1F1C"/>
     <w:rsid w:val="00E0452D"/>
     <w:rsid w:val="00E10659"/>
     <w:rsid w:val="00E10A22"/>
     <w:rsid w:val="00E152F1"/>
     <w:rsid w:val="00E17AF5"/>
     <w:rsid w:val="00E21FEE"/>
     <w:rsid w:val="00E303C0"/>
     <w:rsid w:val="00E40233"/>
     <w:rsid w:val="00E42933"/>
     <w:rsid w:val="00E542A5"/>
     <w:rsid w:val="00E64E7C"/>
     <w:rsid w:val="00E655DD"/>
     <w:rsid w:val="00E72F51"/>
     <w:rsid w:val="00E750A7"/>
     <w:rsid w:val="00E8069D"/>
     <w:rsid w:val="00E86021"/>
     <w:rsid w:val="00E96C67"/>
     <w:rsid w:val="00EB0836"/>
     <w:rsid w:val="00EC242F"/>
     <w:rsid w:val="00EC5008"/>
     <w:rsid w:val="00EC5529"/>
     <w:rsid w:val="00ED24C9"/>
     <w:rsid w:val="00ED5376"/>
     <w:rsid w:val="00ED7E11"/>
     <w:rsid w:val="00EF580C"/>
@@ -1643,61 +1647,61 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:docId w15:val="{2FCE83C2-C8D0-4D1F-9471-AA62C3FA3BC3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2018,50 +2022,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005E5D58"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -2092,51 +2100,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="009E6E65"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="000F2F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>