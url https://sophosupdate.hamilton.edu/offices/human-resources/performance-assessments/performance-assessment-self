--- v0 (2025-10-09)
+++ v1 (2026-03-22)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="004F4C4F" w:rsidRPr="00027519" w:rsidRDefault="003D7CC4" w:rsidP="004F4C4F">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-228600</wp:posOffset>
             </wp:positionH>
@@ -101,57 +101,57 @@
       </w:r>
       <w:r w:rsidR="004F4C4F" w:rsidRPr="00027519">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Performance Self-Assessment for </w:t>
       </w:r>
       <w:r w:rsidR="00027519">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00425647">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F37AAB">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="008B28CA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004F4C4F" w:rsidRPr="00027519" w:rsidRDefault="004F4C4F" w:rsidP="004F4C4F">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027519">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Employee Name: &lt;Employee Name&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004F4C4F" w:rsidRPr="00027519" w:rsidRDefault="004F4C4F" w:rsidP="004F4C4F">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
@@ -878,173 +878,173 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000E5B3A" w:rsidRPr="00027519">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C64BE5" w:rsidRPr="00027519" w:rsidSect="00D62E9B">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1152" w:bottom="1440" w:left="1152" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000121BD" w:rsidRDefault="000121BD">
+    <w:p w:rsidR="009F7BF4" w:rsidRDefault="009F7BF4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000121BD" w:rsidRDefault="000121BD">
+    <w:p w:rsidR="009F7BF4" w:rsidRDefault="009F7BF4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00DD138C" w:rsidRPr="00027519" w:rsidRDefault="00DD138C" w:rsidP="000F2F5B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00027519">
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
       <w:t xml:space="preserve">Please submit completed self-assessment to your direct supervisor.                                                  </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00DD138C" w:rsidRPr="00027519" w:rsidRDefault="00DD138C" w:rsidP="000F2F5B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000121BD" w:rsidRDefault="000121BD">
+    <w:p w:rsidR="009F7BF4" w:rsidRDefault="009F7BF4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000121BD" w:rsidRDefault="000121BD">
+    <w:p w:rsidR="009F7BF4" w:rsidRDefault="009F7BF4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0087637B"/>
     <w:rsid w:val="000073DB"/>
-    <w:rsid w:val="000121BD"/>
     <w:rsid w:val="00022B9D"/>
     <w:rsid w:val="00027519"/>
     <w:rsid w:val="00027A72"/>
     <w:rsid w:val="00041F18"/>
     <w:rsid w:val="00051D2F"/>
     <w:rsid w:val="0006552A"/>
     <w:rsid w:val="00067B91"/>
     <w:rsid w:val="00096FAA"/>
     <w:rsid w:val="00097875"/>
     <w:rsid w:val="000A7BD8"/>
     <w:rsid w:val="000B6E6C"/>
     <w:rsid w:val="000C208F"/>
     <w:rsid w:val="000D0A24"/>
     <w:rsid w:val="000E03D1"/>
     <w:rsid w:val="000E5B3A"/>
     <w:rsid w:val="000F2F5B"/>
     <w:rsid w:val="001005A7"/>
     <w:rsid w:val="001142B0"/>
     <w:rsid w:val="00122031"/>
     <w:rsid w:val="00123A76"/>
     <w:rsid w:val="0015152E"/>
     <w:rsid w:val="001517C2"/>
     <w:rsid w:val="00151D73"/>
     <w:rsid w:val="00174DA2"/>
     <w:rsid w:val="001807D8"/>
@@ -1146,88 +1146,90 @@
     <w:rsid w:val="007350D6"/>
     <w:rsid w:val="00756AD8"/>
     <w:rsid w:val="007614B9"/>
     <w:rsid w:val="00761EAC"/>
     <w:rsid w:val="00786C15"/>
     <w:rsid w:val="007A4DA7"/>
     <w:rsid w:val="007C0C77"/>
     <w:rsid w:val="007C1A59"/>
     <w:rsid w:val="007E482D"/>
     <w:rsid w:val="007E78FA"/>
     <w:rsid w:val="00805430"/>
     <w:rsid w:val="00813CA7"/>
     <w:rsid w:val="008219CE"/>
     <w:rsid w:val="00845F96"/>
     <w:rsid w:val="00863866"/>
     <w:rsid w:val="008654C3"/>
     <w:rsid w:val="008751E3"/>
     <w:rsid w:val="0087637B"/>
     <w:rsid w:val="008834E0"/>
     <w:rsid w:val="00893D23"/>
     <w:rsid w:val="0089768B"/>
     <w:rsid w:val="008A0DF8"/>
     <w:rsid w:val="008A4247"/>
     <w:rsid w:val="008A56D3"/>
     <w:rsid w:val="008A6CA0"/>
+    <w:rsid w:val="008B28CA"/>
     <w:rsid w:val="008B7933"/>
     <w:rsid w:val="008C273E"/>
     <w:rsid w:val="008E5955"/>
     <w:rsid w:val="008F1053"/>
     <w:rsid w:val="008F1DB9"/>
     <w:rsid w:val="008F69DD"/>
     <w:rsid w:val="008F79CF"/>
     <w:rsid w:val="009007C0"/>
     <w:rsid w:val="00911131"/>
     <w:rsid w:val="009311CE"/>
     <w:rsid w:val="00931B95"/>
     <w:rsid w:val="009328FA"/>
     <w:rsid w:val="00943672"/>
-    <w:rsid w:val="0094680C"/>
     <w:rsid w:val="00947909"/>
     <w:rsid w:val="00960875"/>
     <w:rsid w:val="00962BEB"/>
     <w:rsid w:val="00973E8D"/>
     <w:rsid w:val="009814C3"/>
     <w:rsid w:val="009872EF"/>
     <w:rsid w:val="009C750E"/>
     <w:rsid w:val="009D0CAD"/>
     <w:rsid w:val="009D3DBD"/>
     <w:rsid w:val="009D7D84"/>
     <w:rsid w:val="009E6E65"/>
     <w:rsid w:val="009F16D7"/>
     <w:rsid w:val="009F1AD6"/>
+    <w:rsid w:val="009F7BF4"/>
     <w:rsid w:val="00A230B2"/>
     <w:rsid w:val="00A3340A"/>
     <w:rsid w:val="00A434E9"/>
     <w:rsid w:val="00A509AC"/>
     <w:rsid w:val="00A64907"/>
     <w:rsid w:val="00A73A60"/>
     <w:rsid w:val="00A90F0A"/>
     <w:rsid w:val="00A97DF9"/>
     <w:rsid w:val="00AA1378"/>
     <w:rsid w:val="00AB7F65"/>
     <w:rsid w:val="00AE6868"/>
+    <w:rsid w:val="00B13203"/>
     <w:rsid w:val="00B172B1"/>
     <w:rsid w:val="00B2521F"/>
     <w:rsid w:val="00B25DEA"/>
     <w:rsid w:val="00B27DEC"/>
     <w:rsid w:val="00B27F3E"/>
     <w:rsid w:val="00B347E9"/>
     <w:rsid w:val="00B35A6F"/>
     <w:rsid w:val="00B656BD"/>
     <w:rsid w:val="00B723AE"/>
     <w:rsid w:val="00B8518D"/>
     <w:rsid w:val="00B941A4"/>
     <w:rsid w:val="00BA5B16"/>
     <w:rsid w:val="00BB7E8E"/>
     <w:rsid w:val="00BD216B"/>
     <w:rsid w:val="00BD7617"/>
     <w:rsid w:val="00BE284B"/>
     <w:rsid w:val="00BE402E"/>
     <w:rsid w:val="00BF0A76"/>
     <w:rsid w:val="00BF32B8"/>
     <w:rsid w:val="00BF753A"/>
     <w:rsid w:val="00C06862"/>
     <w:rsid w:val="00C06DE2"/>
     <w:rsid w:val="00C116B9"/>
     <w:rsid w:val="00C145D7"/>
     <w:rsid w:val="00C25FDB"/>
@@ -1245,50 +1247,51 @@
     <w:rsid w:val="00CB440C"/>
     <w:rsid w:val="00CB508F"/>
     <w:rsid w:val="00CB5D8C"/>
     <w:rsid w:val="00CC7578"/>
     <w:rsid w:val="00CC7CB3"/>
     <w:rsid w:val="00CD06D0"/>
     <w:rsid w:val="00CE3388"/>
     <w:rsid w:val="00CE5224"/>
     <w:rsid w:val="00CE536D"/>
     <w:rsid w:val="00CE762A"/>
     <w:rsid w:val="00D01A03"/>
     <w:rsid w:val="00D24D60"/>
     <w:rsid w:val="00D47BD0"/>
     <w:rsid w:val="00D53360"/>
     <w:rsid w:val="00D56BB5"/>
     <w:rsid w:val="00D62E9B"/>
     <w:rsid w:val="00D72C6C"/>
     <w:rsid w:val="00D81795"/>
     <w:rsid w:val="00D85152"/>
     <w:rsid w:val="00D97B48"/>
     <w:rsid w:val="00DB2D66"/>
     <w:rsid w:val="00DB51B6"/>
     <w:rsid w:val="00DC20F0"/>
     <w:rsid w:val="00DD0C63"/>
     <w:rsid w:val="00DD138C"/>
+    <w:rsid w:val="00DF0505"/>
     <w:rsid w:val="00E029C6"/>
     <w:rsid w:val="00E0452D"/>
     <w:rsid w:val="00E10659"/>
     <w:rsid w:val="00E10A22"/>
     <w:rsid w:val="00E152F1"/>
     <w:rsid w:val="00E17AF5"/>
     <w:rsid w:val="00E21FEE"/>
     <w:rsid w:val="00E40233"/>
     <w:rsid w:val="00E42933"/>
     <w:rsid w:val="00E47F41"/>
     <w:rsid w:val="00E542A5"/>
     <w:rsid w:val="00E6380E"/>
     <w:rsid w:val="00E655DD"/>
     <w:rsid w:val="00E72F51"/>
     <w:rsid w:val="00E86021"/>
     <w:rsid w:val="00E87183"/>
     <w:rsid w:val="00E96C67"/>
     <w:rsid w:val="00EB0836"/>
     <w:rsid w:val="00EC242F"/>
     <w:rsid w:val="00EC414A"/>
     <w:rsid w:val="00EC5529"/>
     <w:rsid w:val="00ED24C9"/>
     <w:rsid w:val="00ED5376"/>
     <w:rsid w:val="00EE33CC"/>
     <w:rsid w:val="00EE35AC"/>
@@ -1314,61 +1317,61 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:docId w15:val="{49CC5C59-34F6-4741-84F5-90C13A9B5052}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1689,50 +1692,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DB51B6"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -1763,51 +1770,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="009E6E65"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="000F2F5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>